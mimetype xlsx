--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0adcac49c0e04ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70ac4917f5b49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra48ad172d5f44fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36368c9648984191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae7e7d3791194fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra48ad172d5f44fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b2139a83394b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36368c9648984191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>214,373</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>