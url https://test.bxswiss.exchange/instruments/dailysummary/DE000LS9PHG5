--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70ac4917f5b49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e4a699103b4785" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36368c9648984191"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d63d1b70da6492a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b2139a83394b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36368c9648984191" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05c514f02254a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d63d1b70da6492a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>