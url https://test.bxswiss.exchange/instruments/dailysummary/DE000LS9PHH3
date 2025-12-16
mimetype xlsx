--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15edc7c0b51b4ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf95bef362b145a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c05283cbe3346a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a2df1b9b6b42cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11294a232154831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c05283cbe3346a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902d435ee01d44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a2df1b9b6b42cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FNI Triple Three Growth Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>148,943</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,853</x:t>
-[...544 lines deleted...]
-          <x:t>145,983</x:t>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>