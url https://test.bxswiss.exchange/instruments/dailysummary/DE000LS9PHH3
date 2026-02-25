--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf95bef362b145a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d37042bba20454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a2df1b9b6b42cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e4d246c6b44f2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902d435ee01d44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a2df1b9b6b42cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b09496356a4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e4d246c6b44f2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FNI Triple Three Growth Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>