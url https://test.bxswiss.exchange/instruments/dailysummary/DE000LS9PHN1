--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26b75adb1a024071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c9b754a442461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46bbb604ae624397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra435c484883e40e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71d0066644f43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46bbb604ae624397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a31b511fce41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra435c484883e40e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,162</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>