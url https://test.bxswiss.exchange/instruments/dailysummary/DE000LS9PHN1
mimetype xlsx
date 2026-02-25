--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c9b754a442461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bbf5efb2854bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra435c484883e40e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0456470ddb5483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a31b511fce41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra435c484883e40e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1776149ddabe4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0456470ddb5483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,838</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>142,197</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>