--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ae6ac31cf34eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d6e056f4264e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a1deab412c4603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fb2a9d948f4141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R327a1b7116614177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a1deab412c4603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R461d7d1c5b5a4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fb2a9d948f4141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neue Dt. Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>69,722</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>