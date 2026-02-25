--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d6e056f4264e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa6dfb240bf4113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fb2a9d948f4141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c382298f28468c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R461d7d1c5b5a4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fb2a9d948f4141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33944cc7fd2040f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c382298f28468c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neue Dt. Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>