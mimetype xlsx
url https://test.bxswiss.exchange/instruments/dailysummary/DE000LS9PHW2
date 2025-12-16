--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b483ef640b74606" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985c96edea5f4db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff012f190cf4278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra852176adaaf4c19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e266220cfa43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff012f190cf4278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9777cb97084fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra852176adaaf4c19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten DE und US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,952</x:t>
-[...603 lines deleted...]
-          <x:t>149,630</x:t>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>