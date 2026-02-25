--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R985c96edea5f4db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3619df2d6f04594" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra852176adaaf4c19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeaa3d7e0b9f44c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9777cb97084fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra852176adaaf4c19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db463889f0c4229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeaa3d7e0b9f44c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten DE und US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>