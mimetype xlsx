--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bf9061bd0824c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8b0bd6d3e34a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634d3dd65f7f48f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc93cfe83f7c4141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450780e68e004930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634d3dd65f7f48f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e244574005475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc93cfe83f7c4141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Angels Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,671</x:t>
-[...468 lines deleted...]
-          <x:t>147,576</x:t>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>