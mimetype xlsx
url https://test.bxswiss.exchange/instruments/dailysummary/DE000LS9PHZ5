--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8b0bd6d3e34a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2fde57f4d874cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc93cfe83f7c4141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R682d954fcc18455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e244574005475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc93cfe83f7c4141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf11c8c1cfaba4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R682d954fcc18455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Angels Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>152,107</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,168</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>151,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>