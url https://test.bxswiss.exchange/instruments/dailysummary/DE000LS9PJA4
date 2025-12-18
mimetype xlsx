--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad44a53bbede420f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c4989856934e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd85bdabd1b425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab79c8919f6c4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde9c73647504627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd85bdabd1b425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7becdcee76734412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab79c8919f6c4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic Renko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>82,734</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>