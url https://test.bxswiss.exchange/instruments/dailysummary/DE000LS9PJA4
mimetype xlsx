--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c4989856934e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e07dabb04ee407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab79c8919f6c4fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc54e7508086f4678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7becdcee76734412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab79c8919f6c4fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra395314e6279428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc54e7508086f4678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic Renko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>