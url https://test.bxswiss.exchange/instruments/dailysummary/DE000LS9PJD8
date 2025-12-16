--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7e6a9a652240d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e18300be0b4b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7507f351d7984798"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61b8822280434052"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a6b7bc2039436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7507f351d7984798" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9399fcf354142c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61b8822280434052" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum US-Aktien - Large Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>101,051</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,826</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>101,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>