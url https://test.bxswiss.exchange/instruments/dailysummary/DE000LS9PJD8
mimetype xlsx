--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e18300be0b4b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53138f198d3d402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61b8822280434052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6f9643b5854e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9399fcf354142c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61b8822280434052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36da6c596eb4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6f9643b5854e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum US-Aktien - Large Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>100,338</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,174</x:t>
-[...458 lines deleted...]
-          <x:t>100,826</x:t>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>