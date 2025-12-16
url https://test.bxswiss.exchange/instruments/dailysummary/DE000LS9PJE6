--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29edcb361ef44286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref122dfe4fd14e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404b15c49e3b4486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65ed91661db4059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d5a07ff6db4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404b15c49e3b4486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red15dcab6bc845fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65ed91661db4059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Timing Model</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,749</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>