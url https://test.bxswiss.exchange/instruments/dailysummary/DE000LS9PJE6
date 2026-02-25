--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref122dfe4fd14e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d0ad6fdcdb4b49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65ed91661db4059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc4bb29bbd64b9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red15dcab6bc845fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65ed91661db4059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddafc94167d6491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc4bb29bbd64b9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Timing Model</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>152,454</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,411</x:t>
-[...301 lines deleted...]
-          <x:t>150,665</x:t>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>