--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb3545b692a4841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a0b8c10020641ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7baeb0b8af174053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51e591cbcde54761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8acd3ba9ee094aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7baeb0b8af174053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f60b3e4f644b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51e591cbcde54761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Versorger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>106,307</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>