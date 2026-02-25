--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a0b8c10020641ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf315efc9e3fe43cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51e591cbcde54761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b8284bbcc948d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f60b3e4f644b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51e591cbcde54761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb17adc60eb424fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b8284bbcc948d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Versorger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>103,458</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,618</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>100,098</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>