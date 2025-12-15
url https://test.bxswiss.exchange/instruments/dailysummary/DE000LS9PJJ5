--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237d6c013b394114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd414ccf901e24fac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e7ab280f435407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaa29970e2b64973"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fe3d27170e547cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e7ab280f435407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1653700037b4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaa29970e2b64973" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>131,590</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,983</x:t>
-[...301 lines deleted...]
-          <x:t>134,384</x:t>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>