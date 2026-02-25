--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd414ccf901e24fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reac5a3377bbd4b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaa29970e2b64973"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e3b52d418749b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1653700037b4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaa29970e2b64973" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62a4c149f2d4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e3b52d418749b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,987</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>141,759</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>