--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b05d4092dba4fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec8ae663a904405" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c4e1d0429a44bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e42084452145fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa66087c42e54e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c4e1d0429a44bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb583d1430b9492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e42084452145fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Fintech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,140</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>