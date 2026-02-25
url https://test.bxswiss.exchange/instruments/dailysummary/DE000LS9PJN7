--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec8ae663a904405" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77f7090170fa4753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e42084452145fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef248a204cf4802"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb583d1430b9492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e42084452145fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd54785b1bbe7494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef248a204cf4802" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Fintech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>