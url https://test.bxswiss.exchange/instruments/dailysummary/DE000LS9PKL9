--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906b5668e3934e1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5cf015230f489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc64cb782945547e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea7c86165ec4f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaa160efaca14e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc64cb782945547e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9477081d45214f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea7c86165ec4f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>226,784</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>