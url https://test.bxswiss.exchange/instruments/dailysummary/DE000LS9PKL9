--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5cf015230f489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485b21c2ff914359" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea7c86165ec4f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra13264b706f5485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9477081d45214f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea7c86165ec4f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e4aca8d6a547a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra13264b706f5485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>221,381</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>221,174</x:t>
-[...475 lines deleted...]
-          <x:t>226,167</x:t>
+          <x:t>224,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>222,983</x:t>
-[...31 lines deleted...]
-          <x:t>222,058</x:t>
+          <x:t>228,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>