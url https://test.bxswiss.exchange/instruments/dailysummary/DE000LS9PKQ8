--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ae1e65f9ad04fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2bae4c7d434717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71914246e1aa476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7eecbb962641e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdacf43b2e1da4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71914246e1aa476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1fd1f0144e42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7eecbb962641e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zauberformel USA u. Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,566</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>