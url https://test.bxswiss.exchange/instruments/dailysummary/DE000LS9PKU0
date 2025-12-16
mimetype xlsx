--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0abc7f9c70034bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8281a50bd0b647a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70ab5179f4248b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e0181d64ddd47e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7c50b4642e4974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70ab5179f4248b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058c8a78f862418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e0181d64ddd47e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>333,994</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>