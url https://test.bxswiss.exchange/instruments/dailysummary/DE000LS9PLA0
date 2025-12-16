--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3de6cddda6a4717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb85489adae13489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9678093f849d40bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69dcabb7e8d496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996139fd66314d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9678093f849d40bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1026c4dedbab4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69dcabb7e8d496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Tech Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>184,645</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,007</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>189,079</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>