--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb85489adae13489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f34a828a724f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69dcabb7e8d496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b80761c3cc84431"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1026c4dedbab4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69dcabb7e8d496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fa7b39ad04c48f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b80761c3cc84431" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Tech Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,443</x:t>
-[...198 lines deleted...]
-          <x:t>186,883</x:t>
+          <x:t>185,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>