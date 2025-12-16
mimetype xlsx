--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0734b678ded246a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba53a78e09244c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc7dc31b89b14a92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0165cf268f1141e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b332d247094113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc7dc31b89b14a92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5324313a8c4168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0165cf268f1141e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>time is on my side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>191,072</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>