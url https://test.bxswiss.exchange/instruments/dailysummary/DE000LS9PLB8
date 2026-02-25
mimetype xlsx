--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba53a78e09244c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21de70e981af4bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0165cf268f1141e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re669941588274459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5324313a8c4168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0165cf268f1141e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d1d6b6aadb34103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re669941588274459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>time is on my side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>