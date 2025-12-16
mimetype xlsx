--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28295b6c29944e6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919e6548faab4477" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae978de57ba4fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80481a241ed34302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd699beaf77c74908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae978de57ba4fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1238dd7be2447d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80481a241ed34302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>65,754</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>