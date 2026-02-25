--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919e6548faab4477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c0640e983e4513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80481a241ed34302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab51f28265d9495b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1238dd7be2447d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80481a241ed34302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R419be6039a204a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab51f28265d9495b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,260</x:t>
-[...279 lines deleted...]
-          <x:t>60,487</x:t>
+          <x:t>59,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>