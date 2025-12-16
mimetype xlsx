--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09db42d686d64a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c291717b9a419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86b4777ffb7e4f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee0a09b66d84cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d73fc060214367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86b4777ffb7e4f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d24c47c4dc4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee0a09b66d84cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>302,298</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>299,641</x:t>
-[...571 lines deleted...]
-          <x:t>298,895</x:t>
+          <x:t>293,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>