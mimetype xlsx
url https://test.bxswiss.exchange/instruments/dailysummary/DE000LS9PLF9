--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c291717b9a419e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97484951282e40c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee0a09b66d84cf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832dd8fee8914b17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d24c47c4dc4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee0a09b66d84cf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3592e4f8f4394446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832dd8fee8914b17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>306,666</x:t>
-[...306 lines deleted...]
-          <x:t>307,130</x:t>
+          <x:t>306,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>