--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa67a2abc99343b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3bd54577b54e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra726019bdef34141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4395f6f67654498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb662dd80f34d4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra726019bdef34141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d68b14a25a48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4395f6f67654498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>231,045</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>