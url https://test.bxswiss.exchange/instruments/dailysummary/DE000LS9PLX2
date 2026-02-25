--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3bd54577b54e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb293a528400f42db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4395f6f67654498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99047c9aa424528"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d68b14a25a48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4395f6f67654498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4e171b38004370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99047c9aa424528" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...275 lines deleted...]
-          <x:t>231,263</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,647</x:t>
-[...193 lines deleted...]
-          <x:t>228,749</x:t>
+          <x:t>232,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>