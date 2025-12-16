--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706b25bffa29483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393cb77df69648f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f74f009ab60489a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d48400acb5467c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca068a1efae4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f74f009ab60489a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e8fe1971d8495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d48400acb5467c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,854</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>