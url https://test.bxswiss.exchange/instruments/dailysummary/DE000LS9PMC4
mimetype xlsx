--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393cb77df69648f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec9d2cb76914a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d48400acb5467c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd1069b613b41f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e8fe1971d8495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d48400acb5467c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea3d21a13bd44355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd1069b613b41f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,565</x:t>
-[...448 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,497</x:t>
-[...85 lines deleted...]
-          <x:t>1,532</x:t>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>