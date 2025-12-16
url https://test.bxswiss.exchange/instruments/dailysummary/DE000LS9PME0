--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b1cfa08063746af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9edc58eba74531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3e0f9d98e74ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ceac57ad304bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199789aaf9414784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3e0f9d98e74ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896c4d0c5ee34c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ceac57ad304bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>172,898</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>