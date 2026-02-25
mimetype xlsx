--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9edc58eba74531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3770c027120d42ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ceac57ad304bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df939bf354a4846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896c4d0c5ee34c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ceac57ad304bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd22b12202b6843e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df939bf354a4846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>