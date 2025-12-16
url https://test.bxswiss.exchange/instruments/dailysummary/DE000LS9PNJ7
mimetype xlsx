--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ed8c1a9d2c40d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a59cf36c16b4c35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb784f7b7d5414c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c97f544516f4435"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a9fd7f6b0c94e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb784f7b7d5414c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b193358d8a7401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c97f544516f4435" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,511</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>