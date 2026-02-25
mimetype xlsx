--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a59cf36c16b4c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ebaf5c44c9e4e5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c97f544516f4435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515a5aa2c8cc4645"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b193358d8a7401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c97f544516f4435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4453eef1eab64b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515a5aa2c8cc4645" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>