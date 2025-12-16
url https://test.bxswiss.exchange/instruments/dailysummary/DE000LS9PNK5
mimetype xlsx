--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13875335237e4dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8497792f05aa4c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8401e7c89230436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7feca9d2a384dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d2f80c8d3bf43ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8401e7c89230436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d4267f517bf4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7feca9d2a384dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,419</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>