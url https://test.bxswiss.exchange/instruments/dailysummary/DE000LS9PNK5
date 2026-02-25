--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8497792f05aa4c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0db7230e1245ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7feca9d2a384dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d482d81b4eb4d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d4267f517bf4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7feca9d2a384dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23625374d5d14463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d482d81b4eb4d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>