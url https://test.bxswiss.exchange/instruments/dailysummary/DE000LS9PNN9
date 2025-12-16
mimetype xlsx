--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf12d76b54d74827" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74577b3ab66e4554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc630109e41e465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dd4869577af4f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435a48dc38b24820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc630109e41e465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f1dbd2f5da45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dd4869577af4f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuesseldorfKoeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>143,563</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>