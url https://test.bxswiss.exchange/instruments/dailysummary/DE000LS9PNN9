--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74577b3ab66e4554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a46c95645e842d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dd4869577af4f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65c1e5761a5f493e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f1dbd2f5da45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dd4869577af4f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118ed5f4cb8b412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65c1e5761a5f493e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuesseldorfKoeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>