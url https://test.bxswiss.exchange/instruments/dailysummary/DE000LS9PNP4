--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R146e00d6f6e74450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e4298a511243af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ce19dbfa204aba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd74bbfb4025b4991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R533b584e17c24112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ce19dbfa204aba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74676c86bb749e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd74bbfb4025b4991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementia - Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,761</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>