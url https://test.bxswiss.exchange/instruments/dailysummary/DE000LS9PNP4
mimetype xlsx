--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e4298a511243af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa94b48d1584645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd74bbfb4025b4991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454ab83eb07346d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74676c86bb749e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd74bbfb4025b4991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f708adf0a884e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454ab83eb07346d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementia - Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>