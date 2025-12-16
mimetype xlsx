--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac93c59007204225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7718e3489ab4555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4433cee7db74c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f25b3c7fab4088"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7935e0d747fb48fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4433cee7db74c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a1d0e6d8ef441f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f25b3c7fab4088" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheit - Konsum - Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>109,991</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,785</x:t>
-[...166 lines deleted...]
-          <x:t>112,225</x:t>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>