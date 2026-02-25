--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7718e3489ab4555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8988007c7b461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f25b3c7fab4088"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a1ed7a2dde94754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a1d0e6d8ef441f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f25b3c7fab4088" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb545219afa3d4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a1ed7a2dde94754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheit - Konsum - Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>113,164</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,758</x:t>
-[...151 lines deleted...]
-          <x:t>114,285</x:t>
+          <x:t>113,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,120</x:t>
-[...166 lines deleted...]
-          <x:t>114,019</x:t>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>