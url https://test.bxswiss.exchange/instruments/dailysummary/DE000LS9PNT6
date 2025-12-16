--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf018cfe5520b41d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54517fd304764511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f0cdda411b24dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd42e452e7bcf4731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d985448b554648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f0cdda411b24dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1767b80095964a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd42e452e7bcf4731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>136,660</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,623</x:t>
-[...166 lines deleted...]
-          <x:t>137,172</x:t>
+          <x:t>134,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>