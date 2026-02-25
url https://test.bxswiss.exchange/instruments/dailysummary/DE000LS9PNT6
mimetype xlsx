--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54517fd304764511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f32f59e7c14e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd42e452e7bcf4731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb14c5d4d83e943d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1767b80095964a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd42e452e7bcf4731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6327f75176d4442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb14c5d4d83e943d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>143,452</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,249</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>141,261</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>