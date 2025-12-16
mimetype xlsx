--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6e7cb37ba54c11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re49dc1a2d33c42c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395ad97008674d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d279f738f84559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a61d51cfb243fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395ad97008674d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb120d25dd04bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d279f738f84559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LuxusTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>165,741</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>