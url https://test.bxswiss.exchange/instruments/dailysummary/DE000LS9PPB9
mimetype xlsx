--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc280a9c555784735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cdfbd2a0fee4764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4045f78e95849dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71741ed18616438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3b50b8872d4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4045f78e95849dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c72eb0d00b64a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71741ed18616438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die pragmatische Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>137,126</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,962</x:t>
-[...247 lines deleted...]
-          <x:t>137,913</x:t>
+          <x:t>142,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>