--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cdfbd2a0fee4764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9530a1f62a430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71741ed18616438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8611517a777f4109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c72eb0d00b64a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71741ed18616438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532fa889c5e34d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8611517a777f4109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die pragmatische Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>