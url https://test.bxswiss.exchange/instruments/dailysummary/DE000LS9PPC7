--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3737902eb6314bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67cd1f69e09d41d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c492d77004e4f18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ed1a4322bc45d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67534047b32c4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c492d77004e4f18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba08ce94d6d2463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ed1a4322bc45d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock-Picking balanciert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>92,333</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,458</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>92,106</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>