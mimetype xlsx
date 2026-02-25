--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67cd1f69e09d41d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ac5b6331204f66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ed1a4322bc45d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabffaa06f779430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba08ce94d6d2463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ed1a4322bc45d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd529e8726b4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabffaa06f779430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock-Picking balanciert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>89,030</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>89,158</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>