--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5f8cee444a4ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb912c99772294faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16feb87bfe114746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1362f16ddc704759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6610ea26bc4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16feb87bfe114746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be5f7e8dd7f4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1362f16ddc704759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Risk Aversion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>137,248</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>