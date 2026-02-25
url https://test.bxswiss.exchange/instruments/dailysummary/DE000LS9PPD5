--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb912c99772294faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73292e80b7b74eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1362f16ddc704759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc744cab315d04f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be5f7e8dd7f4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1362f16ddc704759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda921ee5620c46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc744cab315d04f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Risk Aversion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>