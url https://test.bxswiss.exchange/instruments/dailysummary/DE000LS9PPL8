--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb957d1eb66ff4121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700a41de19fd4fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a019303770c4124"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d13906a001e40c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab44c236f6bc40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a019303770c4124" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3345bfdfb744725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d13906a001e40c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KaCo Aktien Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>174,750</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,188</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>175,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>