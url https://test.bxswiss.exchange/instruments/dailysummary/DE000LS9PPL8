--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700a41de19fd4fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382fc0d8993344e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d13906a001e40c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2900fdab6b834b87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3345bfdfb744725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d13906a001e40c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81deb7d0433419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2900fdab6b834b87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KaCo Aktien Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,570</x:t>
-[...198 lines deleted...]
-          <x:t>173,226</x:t>
+          <x:t>174,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>