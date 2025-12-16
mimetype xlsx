--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba74abe205d40f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e7da2842144807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e2a8be1c5648c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9122d7739a98438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R379e816cde12446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e2a8be1c5648c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf175df3bc9264c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9122d7739a98438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berliner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,109</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>