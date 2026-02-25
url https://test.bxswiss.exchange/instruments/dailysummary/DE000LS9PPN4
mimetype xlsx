--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e7da2842144807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e481f470ba40d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9122d7739a98438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref6884f82d5548ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf175df3bc9264c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9122d7739a98438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19658dbc6e32476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref6884f82d5548ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berliner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>73,940</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,272</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>72,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>