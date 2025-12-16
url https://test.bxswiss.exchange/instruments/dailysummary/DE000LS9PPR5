--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768039fd2bf140b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68aa8f5f07b84a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48cfd24932174b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c9d766b94f84ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b4e0db6b5ce4872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48cfd24932174b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869708207aaf420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c9d766b94f84ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>North America Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>191,634</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>