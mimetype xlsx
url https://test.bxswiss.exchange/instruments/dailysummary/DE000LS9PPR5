--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68aa8f5f07b84a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R781d7126bb40480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c9d766b94f84ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc57a4ef8bd7d4c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869708207aaf420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c9d766b94f84ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8744468f4264e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc57a4ef8bd7d4c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>North America Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>