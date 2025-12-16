--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c73252bb30643cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5445c253004ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83cd3e4f4ca84d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9439334250604d51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314e0233ffb343a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83cd3e4f4ca84d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0401531db5344de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9439334250604d51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Datenschaetzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>218,234</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>