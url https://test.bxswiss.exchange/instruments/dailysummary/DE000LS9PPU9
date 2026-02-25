--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5445c253004ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d2717417b64c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9439334250604d51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raecdf1ff96c04ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0401531db5344de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9439334250604d51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1c46f1a09a4572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raecdf1ff96c04ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Datenschaetzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>