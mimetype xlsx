--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ee19465cee4354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc584d5f38674593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b24a147ef4e4afa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf479742e420b41f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8b4891eec74a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b24a147ef4e4afa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a58f1a5992e4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf479742e420b41f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Places to Work USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>227,781</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>