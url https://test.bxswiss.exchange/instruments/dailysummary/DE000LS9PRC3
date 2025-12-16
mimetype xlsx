--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8775e4cb1e274b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074660c1d1f54884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b39564801c43a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16eca2e1180c4237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea5c5211cf1494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b39564801c43a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad4f4ad969846ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16eca2e1180c4237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,111</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>