--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074660c1d1f54884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce28e197b5a4799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16eca2e1180c4237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a90cb06b2b4e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad4f4ad969846ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16eca2e1180c4237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7a29e0bdd340b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a90cb06b2b4e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>73,828</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,116</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>73,662</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>