--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb81d2520cf4c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc57bea73b840cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbd35cb36934dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a65938704194d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c479b079cc54ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbd35cb36934dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91106bee23984f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a65938704194d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,520</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>