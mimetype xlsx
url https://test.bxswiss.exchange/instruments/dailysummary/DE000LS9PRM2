--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc57bea73b840cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225539fe89404574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a65938704194d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee633bc5f3d4b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91106bee23984f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a65938704194d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a61578f218a4e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee633bc5f3d4b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>94,192</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>94,585</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,652</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>94,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>