--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bcb6e6ab3c34743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37cee7f46ff14b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3705c1c8394a60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38548fc9839e4df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0456282fcc0e40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3705c1c8394a60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12935bfdc8f4f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38548fc9839e4df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI Dauerlauf-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,588</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>