--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37cee7f46ff14b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10cf4cd7e6704ca6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38548fc9839e4df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94e1ef75cc364391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12935bfdc8f4f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38548fc9839e4df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4bd00019441429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94e1ef75cc364391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI Dauerlauf-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>133,399</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,492</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>132,879</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>