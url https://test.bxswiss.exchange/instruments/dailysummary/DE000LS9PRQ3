--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f31456ee1346e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6aec5f8bd514947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a74999b028246de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf307a4bf3f8a4b1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f88dc42e5a4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a74999b028246de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R323453a94647408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf307a4bf3f8a4b1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lippisches Investieren - SWAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,994</x:t>
-[...264 lines deleted...]
-          <x:t>164,122</x:t>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,003</x:t>
-[...21 lines deleted...]
-          <x:t>167,225</x:t>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,043</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>168,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>