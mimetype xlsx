--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6aec5f8bd514947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d15233c4b1f4dcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf307a4bf3f8a4b1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b86be2ddc2d4598"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R323453a94647408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf307a4bf3f8a4b1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb96e77fefa4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b86be2ddc2d4598" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lippisches Investieren - SWAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>