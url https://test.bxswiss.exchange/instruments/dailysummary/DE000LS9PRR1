--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40ffb6e9cde4800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R224b5c7ae21247c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reebd9ca389e94983"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea11e6e74ead421c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4fd376a77fa45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reebd9ca389e94983" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc47e4bc71c374b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea11e6e74ead421c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silbermine Goldmine Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>153,191</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>