--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28dd93c564f9417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5052d24cefc9440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414bd492897d4f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R352f941221054442"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef3bd2b5ad6440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414bd492897d4f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a92bcbc9714d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R352f941221054442" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,638</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>