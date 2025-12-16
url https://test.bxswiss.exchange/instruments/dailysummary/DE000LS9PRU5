--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e255c9e308b46fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441d00940cab4347" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c66633984a5477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836e695176264ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324ff3dfaaff4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c66633984a5477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07c95debf314514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836e695176264ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,914</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>