--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441d00940cab4347" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68af759f732451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836e695176264ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R847a371a6cbb48ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07c95debf314514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836e695176264ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260535590ebe4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R847a371a6cbb48ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,364</x:t>
-[...468 lines deleted...]
-          <x:t>174,501</x:t>
+          <x:t>172,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>