--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588ce57c27bb4362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d226da14ee4a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3523c5ea4d4d4b3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raceee3220057423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eec9aff64d441ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3523c5ea4d4d4b3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re38c03556f8a414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raceee3220057423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sieben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>279,903</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>