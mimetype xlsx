--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18f5c0eea1049c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1804918036445ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38063ec23432419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88fa4093e300421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03e6064052954342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38063ec23432419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf9038d1ce94ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88fa4093e300421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewMobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>169,754</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>