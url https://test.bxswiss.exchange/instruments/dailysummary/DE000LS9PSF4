--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1804918036445ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee05f077957443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88fa4093e300421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f9a09369bf4041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf9038d1ce94ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88fa4093e300421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4215075c43c24426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f9a09369bf4041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewMobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>