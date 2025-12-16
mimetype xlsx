--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ded893e1d624506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5103981c6d2f43d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5b3c957dbc48b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae3148acf044c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9caaac5ce84bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5b3c957dbc48b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c8f2c69e3d4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae3148acf044c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Risk Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>130,768</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>