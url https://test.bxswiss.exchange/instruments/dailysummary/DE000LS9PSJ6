--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5103981c6d2f43d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8137caa3cf7a439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae3148acf044c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae82fc95cda4b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c8f2c69e3d4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae3148acf044c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c1e0ad05e14d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae82fc95cda4b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Risk Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,433</x:t>
-[...36 lines deleted...]
-          <x:t>122,803</x:t>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>