--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R433f704078db4118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f68964f0fa4661" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0f74e7e8375439a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ace9d05a1f4864"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50e72ab42754b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0f74e7e8375439a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94da93ef96b04ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ace9d05a1f4864" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,598</x:t>
-[...328 lines deleted...]
-          <x:t>145,150</x:t>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...100 lines deleted...]
-          <x:t>147,569</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>