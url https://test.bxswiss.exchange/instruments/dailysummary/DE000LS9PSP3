--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f68964f0fa4661" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4cf9a9e27c436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ace9d05a1f4864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d8dccc2d7a4c58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94da93ef96b04ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ace9d05a1f4864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5017172a01f405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d8dccc2d7a4c58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>