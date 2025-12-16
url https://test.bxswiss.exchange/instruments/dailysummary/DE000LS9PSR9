--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd3aad6c6d1045ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae58309934ef4c65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re01570d8c3254acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22a004ec29a4fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37fc13703a574b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re01570d8c3254acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dbb21c697494f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22a004ec29a4fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>389,884</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>