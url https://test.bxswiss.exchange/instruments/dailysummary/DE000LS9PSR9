--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae58309934ef4c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80ed0fdf9674b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22a004ec29a4fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd961460fe294396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dbb21c697494f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22a004ec29a4fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ac1f850761452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd961460fe294396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>391,634</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,176</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>385,868</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>