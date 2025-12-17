--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re470a482cfb14744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a3d4f970c24338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981e8874de2343ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re621f7eff9064025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05abb5f70714b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981e8874de2343ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe057c001dca433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re621f7eff9064025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,541</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>