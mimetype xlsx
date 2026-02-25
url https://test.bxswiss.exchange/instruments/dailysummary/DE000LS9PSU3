--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a3d4f970c24338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bc24482e57d4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re621f7eff9064025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7703b3418644543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe057c001dca433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re621f7eff9064025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bc491c7a0994b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7703b3418644543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>121,234</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,062</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>121,531</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>